--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -1,67 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="005D39A7" w:rsidRDefault="005D39A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5443ADAC">
             <wp:extent cx="4933315" cy="1504950"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="8" name="Рисунок 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -110,190 +111,159 @@
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">I Международный фестиваль по восточным танцам </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">    и танцам наро</w:t>
       </w:r>
       <w:r w:rsidR="00D165BD">
-        <w:t>дов мира   AMAR-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> VOLGA</w:t>
+        <w:t>дов мира   AMAR-SURAGE  &amp; VOLGA</w:t>
       </w:r>
       <w:r w:rsidR="004C783B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">RAKS                                    </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                           </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>в  ВОЛГОГРАДЕ</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">20-22 февраля 2026 г. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">                                             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>ПОЛОЖЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Дата   </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 20-22 февраля 2026 г.  </w:t>
+        <w:t>Дата   проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">:    20-22 февраля 2026 г.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Место проведения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>РФ ,</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> г. Волгоград, Комплекс культуры и отдыха имени Ю. А. Гагарина Краснооктябрьского района Волгограда , </w:t>
+        <w:t xml:space="preserve">РФ , г. Волгоград, Комплекс культуры и отдыха имени Ю. А. Гагарина Краснооктябрьского района Волгограда , </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
             <w:sz w:val="24"/>
             <w:highlight w:val="white"/>
           </w:rPr>
           <w:t xml:space="preserve">улица Пельше, 3 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -302,282 +272,216 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Статус:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Международный </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Главный организатор</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> - </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Тагиев.</w:t>
+        <w:t xml:space="preserve"> - Сурадж Тагиев.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Сайт </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">регистрации:  </w:t>
+        <w:t xml:space="preserve">Сайт регистрации:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t>DANCEOFFICE.ONLINE</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> (нажмите </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> чтобы перейти по ссылке)</w:t>
+        <w:t xml:space="preserve"> (нажмите Ctrl+Click чтобы перейти по ссылке)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">Cвязь с организаторами и координаторами :    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Телефоны и Whatsapp</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3599"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk132888185"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> - организатор</w:t>
+            <w:bookmarkStart w:id="1" w:name="_Hlk132888185"/>
+            <w:r>
+              <w:t>Сурадж - организатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>+79022654438</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
             <w:r w:rsidRPr="009F3A64">
-              <w:t xml:space="preserve">   </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">   Nuria Alimbekova</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
             <w:r w:rsidRPr="009F3A64">
               <w:t>89053936935</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="00D52538">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -667,642 +571,412 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="548DD4"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Электронная почта </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Электронная почта фестиваля:    </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>amsur-volgaraks@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F" w:rsidP="00E343DC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="9900FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Официальная группа в </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">контакте:  </w:t>
+        <w:t xml:space="preserve">Официальная группа в контакте:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00E343DC" w:rsidRPr="000121F6">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>https://vk.com/club180536969</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00E343DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="548DD4"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00E343DC" w:rsidRPr="00E343DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="548DD4"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://vk.com/volgaraks_9</w:t>
       </w:r>
       <w:r w:rsidR="00E343DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="548DD4"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Предложения о сотрудничестве и спонсорстве:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Тагиев  +79022654438</w:t>
+        <w:t xml:space="preserve">  Сурадж Тагиев  +79022654438</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="9900FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> ВАЖНАЯ </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> ВАЖНАЯ ИНФОРМАЦИЯ !</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Регистрация на </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> через сайт </w:t>
+        <w:t xml:space="preserve">Регистрация на фестиваль  осуществляется через сайт </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:t>DANCEOFFICE.ONLINE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> (нажмите </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> чтобы перейти по ссылке)</w:t>
+        <w:t xml:space="preserve"> (нажмите Ctrl+Click чтобы перейти по ссылке)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Внимательно ознакомьтесь с сайтом. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Если вы не нашли свою номинацию или у вас появились вопросы, свяжитесь с организаторами. Контакты перечислены в начале документа.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">После того, как вы </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> страница — подтверждение регистрации. Точно такое-же подтверждение будет выслано на указанную вами почту.</w:t>
+        <w:t>После того, как вы зарегистрировались,  откроется страница — подтверждение регистрации. Точно такое-же подтверждение будет выслано на указанную вами почту.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>На этой странице и в письме есть важные инструкции. Пожалуйста, внимательно прочтите их.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Иногда письма — подтверждения неверно помечаются вашим почтовым сервером как спам и попадают в соответствующую папку. Поэтому, если вы не получили письмо, посмотрите в папке Спам.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Если письма нет, свяжитесь с организаторами, мы вышлем вам письмо повторно.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Огромная просьба!         Номинаций на конкурсе более </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Огромная просьба!         Номинаций на конкурсе более 1000 !</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Поэтому в переписке и общении по телефону просим указывать Ф.И.О., </w:t>
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:t>Поэтому в переписке и общении по телефону просим указывать Ф.И.О., номер  номинации (он обычно указан в квадратных скобках) и ваш РЕГИСТРАЦИОННЫЙ НОМЕР , иначе найти вас в регистрации будет очень сложно. Спасибо за понимание.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="159" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                  Фонограммы на турнир</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> загружаются прямо на сайт после регистрации. Для этого вам понадобится ПИН-код из письма.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk164426339"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">При загрузке фонограмм просим указывать Фамилию участника и регистрационный номер </w:t>
-[...6 lines deleted...]
-        <w:t>участника</w:t>
+        <w:t>При загрузке фонограмм просим указывать Фамилию участника и регистрационный номер участника</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
-        <w:t xml:space="preserve">  .</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  . </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk164423768"/>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  иметь при себе копию своей фонограммы! </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">На  конкурс  иметь при себе копию своей фонограммы! </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:r>
         <w:t xml:space="preserve">Загруженные фонограммы можно прослушать и даже заменить. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">За две недели до начала фестиваля регистрация на конкурс будет приостановлена на один день для составления предварительного расписания и решения ряда </w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t>За две недели до начала фестиваля регистрация на конкурс будет приостановлена на один день для составления предварительного расписания и решения ряда технических  моментов.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>технических  моментов</w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t>Окончание регистрации: 20:00 по МСК ровно за  7  (семь) дней  до начала фестиваля. Возможно досрочное закрытие регистрации при большом количестве участников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> этого времени регистрация невозможна, в том числе и тем более в день проведения.</w:t>
+        <w:t>.После этого времени регистрация невозможна, в том числе и тем более в день проведения.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>В день проведения фестиваля вы должны получить распечатанный бумажный номер.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="153" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="16"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Каждый </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">  к своему костюму бумажный номер, который выдается при регистрации.  Номер участника должен быть хорошо виден судьям и зрителям во время выступления. </w:t>
+        <w:t>Каждый участник  прикрепляет  к своему костюму бумажный номер, который выдается при регистрации.  Номер участника должен быть хорошо виден судьям и зрителям во время выступления. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:after="35" w:line="267" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="152"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">В случае отказа от участия до окончания регистрации, оплаченный взнос возврату не подлежит </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> быть перенесен на следующий фестиваль.</w:t>
+        <w:t>В случае отказа от участия до окончания регистрации, оплаченный взнос возврату не подлежит и  может быть перенесен на следующий фестиваль.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> При непредвиденных обстоятельствах: катастрофы, аварии, военные действия, смерть близкого человека, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> При непредвиденных обстоятельствах: катастрофы, аварии, военные действия, смерть близкого человека, форсмажоры (отмена рейса/задержка самолета, поезда), болезнь, травма , при наличии подтверждающего документа</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> оплаченный взнос может быть перенесен на следующий фестиваль</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>форсмажоры</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>!</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="548DD4"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Сообщение об отмене участия/внесении изменений</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> в заявку -  пишите на почту фестиваля</w:t>
       </w:r>
@@ -1330,156 +1004,193 @@
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>amsur-volgaraks@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Стороны освобождаются от ответственности за полное или частичное неисполнение какого-либо из предусмотренных настоящим Положением обязательств в случае наступления обстоятельств непреодолимой силы, прямо или косвенно препятствующих исполнения настоящего Положения, то есть таких обстоятельств, которые независимы и не могли быть предвидены и предотвращены разумными средствами при их наступлении</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:r>
-        <w:t xml:space="preserve">Фестиваль не является коммерческим мероприятием.  Организационные расходы и </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+        <w:t>Фестиваль не является коммерческим мероприятием.  Организационные расходы и награды  складываются из благотворительных взносов участников , добровольных пожертвований и спонсорской помощи организаций  и частных лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00EE176F" w:rsidP="00442549">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="170" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="902"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">               РЕКВИЗИТЫ ВНЕСЕНИЯ ОРГАНИЗАЦИОННЫХ ВЗНОСОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00EE176F" w:rsidP="00442549">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="170" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="902"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">               РЕКВИЗИТЫ ВНЕСЕНИЯ ОРГАНИЗАЦИОННЫХ ВЗНОСОВ</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> Взнос за участие в фестивале производится в Точка банк.      </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Отсканируйте QR-код и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549" w:rsidP="00442549">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="170" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="902"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Отсканируйте QR-код и оплатите в приложении своего   банка</w:t>
-[...6 lines deleted...]
-          <w:color w:val="212529"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549" w:rsidP="00442549">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="170" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="902"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F2C73DE" wp14:editId="2765D17C">
+            <wp:extent cx="1409065" cy="1733232"/>
+            <wp:effectExtent l="0" t="0" r="635" b="635"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 5"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:srcRect/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2062479" cy="2486660"/>
+                      <a:ext cx="1419087" cy="1745559"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F" w:rsidP="00442549">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="170" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="902"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
-        <w:t>После оплаты взноса необходимо отправить на почту фестиваля </w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оплатите в приложении своего   банка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="212529"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После оплаты взноса необходимо отправить на почту </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="212529"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>фестиваля </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t>amarsuragefestival@mail.ru</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t> фотографию или скриншот чека и написать, за кого произведена данная оплата, указав </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t>номер номинации</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
@@ -1514,120 +1225,74 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Разрешена ФОТО (без вспышки) и ВИДЕОСЪЕМКА только на телефоны или другие ручные гаджеты без ограничений. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="87"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЗАПРЕЩЕНА любительская фото и видео съемка профессиональной техникой и на штативах без </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">ЗАПРЕЩЕНА любительская фото и видео съемка профессиональной техникой и на штативах без предварительной  аккредитации. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="35" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="152"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Фото и видео материалы созданные на мероприятии при дальнейшем использовании должны содержать упоминание </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Фото и видео материалы созданные на мероприятии при дальнейшем использовании должны содержать упоминание мероприятия : </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>мероприятия :</w:t>
-[...29 lines deleted...]
-        <w:t>#</w:t>
+        <w:t>#amarsuragefestival#</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="87"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
@@ -1647,773 +1312,479 @@
         <w:spacing w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">Фестиваль пройдет по системе рейтинга </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Фестиваль пройдет по системе рейтинга Амар-Сурадж</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="159" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="11" w:hanging="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">                  Правила и схема начисления рейтинговых баллов </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> конце данного документа. </w:t>
+        <w:t xml:space="preserve">                  Правила и схема начисления рейтинговых баллов приложена  в конце данного документа. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="212529"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="212529"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>НАГРАЖДЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="169" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="44" w:right="316" w:firstLine="711"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Победители </w:t>
-[...7 lines deleted...]
-        <w:t>соло"  награждаются дипломами и медалями ( с 1-е  по 3-е  места ), с 4 -го места  вручается  диплом с занятым местом.  Каждый у</w:t>
+        <w:t>Победители номинаций  "соло"  награждаются дипломами и медалями ( с 1-е  по 3-е  места ), с 4 -го места  вручается  диплом с занятым местом.  Каждый у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">частник номинации </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  памятный подарок  от спонсоров и  организаторов. </w:t>
+        <w:t xml:space="preserve">частник номинации СОЛО  получает  памятный подарок  от спонсоров и  организаторов. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">            Каждая </w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve">  диплом с занятым местом  и общий подарок от организаторов и спонсоров.</w:t>
+        <w:t xml:space="preserve">            Каждая группа  номинаций  "малая группа, группа, формейшн " награждаются общим  дипломом , кубком ( с 1-е  по 3-е место ) и общим подарком от организаторов и спонсоров фестиваля. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>С 4-го места  вручается  диплом с занятым местом  и общий подарок от организаторов и спонсоров.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">По </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>По желанию  конкурсантов</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:highlight w:val="green"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> диплом – 50-00 , один кубок- 1200-00.      </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  возможно   для  групповых номинаций  получение за дополнительную оплату  дипломов и медалей  для каждого участника группы.  Для этого необходимо  сделать заявку на количество дипломов и медалей на электронную почту фестиваля  и  предоставить чек об оплате.   Одна медаль – 200-00,  один диплом – 50-00 , один кубок- 1200-00.      </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">                 Каждый </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> "Дуэт"  награждается  медалью,  дипломом и получает памятный подарок от спонсоров и организаторов.</w:t>
+        <w:t xml:space="preserve">                 Каждый участник  номинации "Дуэт"  награждается  медалью,  дипломом и получает памятный подарок от спонсоров и организаторов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Каждый участник номинации «открытая сцена» получает диплом об участии и   </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> от спонсоров и организаторов.</w:t>
+        <w:t xml:space="preserve">       Каждый участник номинации «открытая сцена» получает диплом об участии и   памятный  подарок от спонсоров и организаторов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk164934453"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk164931869"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Участник номинации </w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>«Королева » ,»Корона», CABARET STYLE 18+,  «Кубок»  и «Мисс »  получают в подарок диадему-корону ( за 1-3 место )</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> , участник номинации «Кубок» получает   спец.кубок ( за 1 место)  и кубок за 2-е и 3-е места </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Королева »</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> , медаль ( с 1-е по 3-е место) , каждый участник - диплом и памятный подарок.          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ,»Корона», CABARET STYLE 18+,  «Кубок»  и «Мисс »  получают в подарок диадему-корону ( за 1-3 место )</w:t>
-[...12 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> , медаль ( с 1-е по 3-е место) , каждый участник - диплом и памятный подарок.          </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> выступлений  -  в холле или на сцене.</w:t>
+        <w:t>Церемония награждения проходит через каждые 1-1,5 часа  конкурсных выступлений  -  в холле или на сцене.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Организаторы фестиваля желают вам успехов и ждут вас на сцене!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>МУЗЫКАЛЬНОЕ  СОПРОВОЖДЕНИЕ</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Беби</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Беби, Дети-1, Дети-2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Дети-1, Дети-2 </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>( дебют, начинающие, продолжающие )</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>( дебют</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> – до 2,20 минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>, начинающие, продолжающие )</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – до 2,20 минут</w:t>
+        <w:t>Ювеналы, Юниоры, Взрослые, Синьоры и Грандсиньоры :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ювеналы, Юниоры, Взрослые, Синьоры и </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Дебют, начинающие</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Грандсиньоры</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> – до  2,20 минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> :</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Продолжающие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – до  3,20 минут/ до 3 минут</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Дебют, начинающие</w:t>
+        <w:t>Профессионалы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> – до 3,50 минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>до  2</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>,20 минут</w:t>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> дуэты – до 4,20 минут/ до 3 минут</w:t>
+        <w:t>Группы , дуэты – до 4,20 минут/ до 3 минут</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="185" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="11" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">                                 Длительность музыкального </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> оркестр </w:t>
+        <w:t xml:space="preserve">                                 Длительность музыкального сопровождения  под оркестр </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="185" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="11" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                  для всех возрастных категорий лимит времени одного выхода – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>не более 3-х минут</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – для уровней «дебют», «начинающие», «продолжающие», а также для всех групп и дуэтов, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="163" w:line="248" w:lineRule="auto"/>
         <w:ind w:left="736"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -2480,1969 +1851,863 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Фонограммы для выступления под СД должны быть предоставлены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>заранее</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> ДО закрытия регистрации! </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">  иметь при себе копию своей фонограммы! </w:t>
+        <w:t xml:space="preserve"> ДО закрытия регистрации! На  конкурс  иметь при себе копию своей фонограммы! </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>ТАНЦЕВАЛЬНЫЕ ДИСЦИПЛИНЫ:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>1. Ориенталь (oriental):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   сценическая форма  национального танца  Арабских стран</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Музыка: межансе. Это «визитная карточка»  танцовщицы с  использованием разных фольклорных стилей в одной композиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Возможные аксессуары: платок, разрезной платок, два платка, сагаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Недопустимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>- фольклорная музыка, музыка шааби, музыка в электро-обработке и ремиксы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>- фольклорный костюм, фольклорный танец, шоу танец</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>- любые аксессуары, кроме возможных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Использование платка допускается не более 30% от композиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>На конкурсе  разрешено  использование трости в Ориенталь , но  не более 1 минуты в течении всего номера ,  в том случае,  если  музыкальный кусочек номера относится  к музыкальному стилю Саиди.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>Ориенталь</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>2.  Классическая песня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – это танец  под музыку тараб.  Исполнение под классическое музыкальное  сопровождение , с использованием лексики для  смыслового выражения песни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>3. Египетский фольклор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>все танцы территориального Египта  передающие характер, народные образы, манеру, костюм и музыку  своего региона адаптированные  для  исполнения на сцене ( саиди, фалляхи, нуба, александрия, сива, гавейзи, хаггала, авалим, симсимийя, шамадан, бедуинские танцы, танцы Суэцкого канала, бамбути, эсмалия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Возможные аксессуары: любые, относящиеся к выбранному стилю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>oriental</w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>4. Неегипетский фольклор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>танцы народов, не попадающих территориально под Египет – халиджи, бандари, ираки, дабка, марокко, тунис, алжир, танцы Ливии, Марокко…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Танцы балади, шааби и стрит-шааби танцуются в отдельных номинациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Недопустимо:  отношение музыки, костюма и движений к разным стилям в одном номере, (например, исполнение саиди в костюме для александрии под музыку гавэйзи);  ориентальные костюмы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>):</w:t>
+        <w:t>5. STREET FOLK (Городской фольклор)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...202 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>характеризуется  сочетанием арабских фольклорных танцев с возможными движениями из современных стилей  и под современную музыку фолковой направленности (Дабка-Модерн, Халиджи-Модерн, Ираки –Модерн,  Хоса (современный Ираки),Махраганат (стрит- шааби), Баба-Карам (иранский фьюжн), Эстрада Ирака, ОАЭ, Саудии, Египта, Ливана, Марокко и т.д.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>2.  Классическая песня</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6. Баледи/ шааби :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – это </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>танец  под</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> , с использованием лексики для  смыслового выражения песни.</w:t>
+        <w:t>балади и шааби в народной манере и соответствующих костюмах.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>3. Египетский фольклор</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>7. Эстрадная песня :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">все танцы территориального </w:t>
-[...181 lines deleted...]
-        <w:t xml:space="preserve"> Возможные аксессуары: любые, относящиеся к выбранному стилю.</w:t>
+        <w:t>Восточный танец в стиле ориенталь под современные песни, лиричные и динамичные, в ориентальном костюме.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>4. Неегипетский фольклор</w:t>
+        <w:t>8. Фьюжн:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">танцы народов, не попадающих территориально под Египет – </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>- смешение восточного танца (как кабаре-ориенталь, так и фольклорных направлений) с другими танцевальными стилями и направлениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>халиджи</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...201 lines deleted...]
-        <w:t>);  ориентальные костюмы</w:t>
+        <w:t>- театрализованное мини-представление (в рамках временного лимита) на тематику восточного танца;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>5. STREET FOLK (Городской фольклор</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>9.  Шоу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -  танец под восточную музыку с использованием реквизита (например, вейлы, канделябр с имитацией живого огня, пои, сабля, меч, кинжалы и т.д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>10. Комеди-беллиданс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> :</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> - театрально-танцевальная композиция, где  рассказана комическая история.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">характеризуется  сочетанием арабских фольклорных танцев с возможными движениями из современных стилей  и под современную музыку </w:t>
-[...139 lines deleted...]
-        <w:t>, Египта, Ливана, Марокко и т.д.</w:t>
+        <w:t>Содержание: техника Belly Dance обязательна.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>11. Табла соло:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>демонстрация техники танца под ритмическую композицию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Восточный танец в ориентальном костюме под табла соло CD (минимум 80% от музыкальной композиции должны исполняться под арабские барабаны) или под аккомпанемент приглашенного музыканта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>Баледи</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>12. Золотой Век</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стилизация под манеру исполнения известных египетских танцовщиц 30-50х гг. 20 века. Возможно также исполнение номеров танцовщиц из кинофильмов данного периода. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">/ </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>13. Танцы народов мира</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Фольклорный или народный танец любых стран, за исключением арабских. ( например: фламенко, бразильская самба, ламбада, лезгинка )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Содержание: народный, характерный, историко-бытовой, традиционный танец неарабских стран. Номинация  не предполагает смешения выбранного стиля с bellydance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>шааби</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>14. Болливуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>это танцы Индийского кино, индийская эстрада.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Фольклорные танцы Индии относятся к номинации Танцы народов мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Аксессуары: любые аксессуары, характерные для данного стиля, не запрещенные основным положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> :</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>15. Трайбл фьюжн :</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>балади</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> в народной манере и соответствующих костюмах.</w:t>
+        <w:t>современная форма смеси восточного танца, появившаяся в результате слияния американского трайбл стиля и танцев кабаре.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. Эстрадная </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>16. Сильные духом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>танцоры с ограниченными возможностями здоровья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>песня :</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>17. Дворцовый стиль</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> под современные песни, лиричные и динамичные, в ориентальном костюме.</w:t>
+        <w:t xml:space="preserve"> – танцевальные композиции, условно производящие танцевальные традиции дворцовых танцев  прошлого, созданные для развлечения ( Мувашахат, Андалусия, Персидский танец )</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">8. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>ОТКРЫТАЯ СЦЕНА</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>Фьюжн</w:t>
-[...639 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  :</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Это выступление в любом жанре с любым уровнем подготовки! </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> Прекрасная возможность опыта выступлений без особых требований, обязательств и оценок</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">НОМИНАЦИЯ ОТКРЫТАЯ СЦЕНА   </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  БЛОКИ: ДЕТИ ,ВЗРОСЛЫЕ,ГРУППЫ И ДУЭТЫ</w:t>
+        <w:t>НОМИНАЦИЯ ОТКРЫТАЯ СЦЕНА   ПОДРАЗДЕЛЯЕТСЯ  НА  БЛОКИ: ДЕТИ ,ВЗРОСЛЫЕ,ГРУППЫ И ДУЭТЫ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>19.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Стилизованный</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>танец</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A42F31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00A42F31" w:rsidRPr="00A42F31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4501,67 +2766,65 @@
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>основанные</w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>этнографических</w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>формах</w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>национальной</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00150B81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>хореографии</w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>национального</w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -4672,67 +2935,58 @@
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>народной</w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>хореографии</w:t>
       </w:r>
       <w:r w:rsidRPr="00150B81">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E0597" w:rsidRPr="004E0597" w:rsidRDefault="004E0597" w:rsidP="004E0597">
       <w:r w:rsidRPr="004E0597">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">21.  ФИТНЕС </w:t>
-[...7 lines deleted...]
-        <w:t>ТАНЕЦ</w:t>
+        <w:t>21.  ФИТНЕС ТАНЕЦ</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0597">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00743106" w:rsidRPr="00743106">
         <w:t>-</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004E0597">
         <w:t xml:space="preserve">  сочетает в себе элементы танца и фитнеса.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E0597" w:rsidRPr="00150B81" w:rsidRDefault="004E0597" w:rsidP="00150B81">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -4787,59 +3041,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>- животных, рептилий, насекомых;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>- предметы, засоряющие сцену (рассыпные блестки, конфетти и т.д.).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Постарайтесь не использовать в костюме платки со звенящими монистами, чешки, носки. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> детских номинациях постарайтесь не допускать откровенных костюмов, высоких разрезов, прозрачных тканей и т. д.</w:t>
+        <w:t>Постарайтесь не использовать в костюме платки со звенящими монистами, чешки, носки. .В детских номинациях постарайтесь не допускать откровенных костюмов, высоких разрезов, прозрачных тканей и т. д.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>ВОЗРАСТНЫЕ КАТЕГОРИИ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -5726,57 +3972,52 @@
               <w:t>Объединены в групповых номинациях</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2607" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Синьоры </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Синьоры Gold</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>45</w:t>
             </w:r>
@@ -5824,55 +4065,53 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2607" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Грандсиньоры</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>55</w:t>
             </w:r>
@@ -5929,64 +4168,53 @@
             <w:r>
               <w:t>Объединены в групповых номинациях</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2607" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>Грандсиньоры Gold</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>65</w:t>
             </w:r>
@@ -6224,55 +4452,53 @@
             <w:r>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Формейшн</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
@@ -6325,50 +4551,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>В таких случаях вы должны в онлайн-регистрации указать год рождения, подходящий в выбранную группу, и электронным письмом сообщить организаторам верные данные для таких танцоров с указанием номера номинации (он обычно указан в квадратных скобках) и регистрационного номера команды.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>УРОВНИ МАСТЕРСТВА</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Конкурсные номинации разделены по профессиональному уровню участниц. Участницы могут выступать в тех же категориях, в которых выступают на других конкурсах – ЛИГА, ОРТО, МАРКС и др. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -6720,446 +4947,261 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:bookmarkStart w:id="6" w:name="_Hlk145513187"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> *</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Бэби, Дети-1, Дети-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Бэби, Дети-1, Дети-2 , Ювеналы, Юниоры</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  - </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk145511670"/>
+      <w:r>
+        <w:t>дебют, начинающие, продолжающие</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>2 ,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ювеналы, Юниоры</w:t>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
+        <w:t xml:space="preserve">   Молодежь</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - дебют, начинающие, продолжающие, кандидаты в профессионалы, профессионалы </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">   Молодежь</w:t>
-[...82 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">   Синьоры, Синьоры Gold, Грандсиньоры, Грандсиньоры Gold</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> - дебют, начинающие, продолжающие, кандидаты в профессионалы, профессионалы, профессиональные педагоги</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">   * </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Бэби</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> - обрядовые танцы в данной возрастной категории отсутствуют</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Запрещено: исполнение </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Запрещено: исполнение шикхат (Марокко) и каулия (Ирак); использование трости .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Организаторы оставляют за собой право при малом количестве участников объединять номинации по следующим признакам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>- по уровню мастерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>- по близким друг другу возрастным категориям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:r>
+        <w:t>- по похожим номинациям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>шикхат</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Марокко) и </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Группы . дуэты</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>каулия</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">   подразделяются на  : дети-1+ дети-2 ;   ювеналы+юниоры;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="white"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:highlight w:val="white"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Молодежь+ Взрослые;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...127 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Синьоры+ Синьоры Gold; Грандсиньоры+Грандсиньоры </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="7030A0"/>
         </w:rPr>
-        <w:t xml:space="preserve">            Организаторы оставляют за собой право при малом количестве участников   менее 3-</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> в сольных ,групповых и СПЕЦНОМИНАЦИЯХ  объединять номинации по следующим признакам:</w:t>
+        <w:t xml:space="preserve">            Организаторы оставляют за собой право при малом количестве участников   менее 3-х  выходов в сольных ,групповых и СПЕЦНОМИНАЦИЯХ  объединять номинации по следующим признакам:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="7030A0"/>
         </w:rPr>
         <w:t>- по уровню мастерства</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
@@ -7259,92 +5301,65 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">– наибольший (только целые числа). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="173" w:line="262" w:lineRule="auto"/>
         <w:ind w:left="1" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Места присуждаются по математической сумме баллов по всем судьям судейской линейки. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Исключение – «специальные номинации</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">», в которых система присуждения мест </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> по математической сумме баллов </w:t>
+        <w:t xml:space="preserve">», в которых система присуждения мест бально-совещательная  – по математической сумме баллов </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>с учетом совещательного решения судей</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Решение судей окончательное. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="19" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="23" w:right="238" w:hanging="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -7363,105 +5378,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Номер участника должен быть прикреплен к вашему костюму и хорошо виден судьям и зрителям во время выступления</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538"/>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОБРАЩАЕМ </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> фестиваля.</w:t>
+        <w:t>ОБРАЩАЕМ ВНИМАНИЕ !  При возникновении спорных ситуаций   вся  переписка   ведется через официальную  почту фестиваля.  Срок рассмотрения спорных моментов составляет 30 календарных дней   от   даты поступления данной информации на официальную  почту фестиваля.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">    НОМИНАЦИИ    под СД</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -7675,58 +5636,56 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -7896,102 +5855,86 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ИМПРОВИЗАЦИЯ ОРИЕНТАЛЬ </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> музыку организаторов)</w:t>
+              <w:t>ИМПРОВИЗАЦИЯ ОРИЕНТАЛЬ ( под музыку организаторов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -8130,102 +6073,86 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ИМПРОВИЗАЦИЯ ТАБЛА </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> под музыку организаторов)</w:t>
+              <w:t>ИМПРОВИЗАЦИЯ ТАБЛА    ( под музыку организаторов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -8364,58 +6291,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -8585,58 +6510,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -8806,58 +6729,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -9027,58 +6948,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -9248,89 +7167,86 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">ТАБЛА СОЛО ПОД СД </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
@@ -9470,58 +7386,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -9691,58 +7605,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -9912,58 +7824,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
@@ -10133,58 +8043,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -10353,129 +8261,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:trPr>
           <w:trHeight w:val="948"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_Hlk149302339"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ОТКРЫТАЯ СЦЕНА </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> все возрастные категории , разные танцевальные направления)  </w:t>
+              <w:t xml:space="preserve">ОТКРЫТАЯ СЦЕНА Open stage   ( все возрастные категории , разные танцевальные направления)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10493,50 +8363,51 @@
           <w:tcPr>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ДВОРЦОВЫЙ СТИЛЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
@@ -10857,65 +8728,51 @@
             </w:pPr>
             <w:r>
               <w:t>Все уровни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="9"/>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">НОМИНАЦИИ   </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">НОМИНАЦИИ   ПОД  ОРКЕСТР  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1638"/>
         <w:gridCol w:w="911"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="1451"/>
         <w:gridCol w:w="1606"/>
         <w:gridCol w:w="1909"/>
         <w:gridCol w:w="1869"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D52538">
         <w:tc>
@@ -11110,58 +8967,56 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -11329,58 +9184,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -11548,58 +9401,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -11767,58 +9618,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="_Hlk149302312"/>
@@ -11987,127 +9836,94 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>ИМПРОВИЗАЦИЯ  под</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>ИМПРОВИЗАЦИЯ  под  ОРКЕСТР</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">              (в стиле Ориенталь;   Саиди; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">  ОРКЕСТР</w:t>
-[...36 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Халиджи )</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -12245,58 +10061,56 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -12457,58 +10271,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1869" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Профессионалы  педагоги</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12670,87 +10482,51 @@
           <w:tcPr>
             <w:tcW w:w="1638" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ОТКРЫТАЯ СЦЕНА </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> все возрастные категории , разные танцевальные направления)  </w:t>
+              <w:t xml:space="preserve">ОТКРЫТАЯ СЦЕНА Open stage   ( все возрастные категории , разные танцевальные направления)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8907" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:widowControl/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -12762,126 +10538,110 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Все уровни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="10"/>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>ДУЭТЫ ,</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  ГРУППЫ  под  СД  и ОРКЕСТР </w:t>
+        <w:t xml:space="preserve">ДУЭТЫ ,  ГРУППЫ  под  СД  и ОРКЕСТР </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1942"/>
         <w:gridCol w:w="1237"/>
         <w:gridCol w:w="1914"/>
         <w:gridCol w:w="541"/>
         <w:gridCol w:w="712"/>
         <w:gridCol w:w="1017"/>
         <w:gridCol w:w="726"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="1064"/>
         <w:gridCol w:w="837"/>
       </w:tblGrid>
       <w:tr w:rsidR="00150B81" w:rsidTr="00150B81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>ДУЭТЫ  под</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ОРКЕСТР</w:t>
+              <w:t>ДУЭТЫ  под ОРКЕСТР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -12889,159 +10649,144 @@
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ориенталь</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Шааби</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Балади</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">        </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">        Халиджи</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00150B81" w:rsidTr="00150B81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
@@ -13077,55 +10822,53 @@
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ориенталь</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Фольклор</w:t>
@@ -13156,89 +10899,79 @@
               <w:t>Шоу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> СД</w:t>
+            <w:r>
+              <w:t>Табла СД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1064" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>Стрит-</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Стрит-шааби</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:r>
               <w:t>авказские танцы</w:t>
@@ -13251,101 +10984,100 @@
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">МАЛЫЕ ГРУППЫ  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:pStyle w:val="a9"/>
             </w:pPr>
             <w:r>
               <w:t>3 - 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ориенталь</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Фольклор</w:t>
             </w:r>
@@ -13373,88 +11105,78 @@
             <w:r>
               <w:t>Шоу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> СД</w:t>
+            <w:r>
+              <w:t>Табла СД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1064" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>Стрит-</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Стрит-шааби</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:r>
               <w:t>авказские танцы</w:t>
             </w:r>
@@ -13462,107 +11184,103 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00150B81" w:rsidTr="00150B81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ГРУППЫ  СД</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:pStyle w:val="a9"/>
             </w:pPr>
             <w:r>
               <w:t>5 - 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ориенталь</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Фольклор</w:t>
             </w:r>
@@ -13590,88 +11308,78 @@
             <w:r>
               <w:t>Шоу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> СД</w:t>
+            <w:r>
+              <w:t>Табла СД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1064" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>Стрит-</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Стрит-шааби</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:r>
               <w:t>авказские танцы</w:t>
             </w:r>
@@ -13679,107 +11387,103 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00150B81" w:rsidTr="00150B81">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ФОРМЕЙШН  СД</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1237" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:pStyle w:val="a9"/>
             </w:pPr>
             <w:r>
               <w:t>9 - 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1914" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Ориенталь</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Фольклор</w:t>
             </w:r>
@@ -13807,88 +11511,78 @@
             <w:r>
               <w:t>Шоу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> СД</w:t>
+            <w:r>
+              <w:t>Табла СД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1064" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>Стрит-</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Стрит-шааби</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:r>
               <w:t>авказские танцы</w:t>
             </w:r>
@@ -13899,65 +11593,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГРУППЫ БЕЗ ПЕРЕСТРОЕНИЙ </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> уровни, все направления )   СД</w:t>
+              <w:t>ГРУППЫ БЕЗ ПЕРЕСТРОЕНИЙ ( все уровни, все направления )   СД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3692" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3-4</w:t>
@@ -14081,99 +11761,51 @@
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ОТКРЫТАЯ СЦЕНА </w:t>
-[...47 lines deleted...]
-              <w:t>выступление без оценивания) ; СИЛЬНЫЕ ДУХОМ</w:t>
+              <w:t>ОТКРЫТАЯ СЦЕНА Open stage            (выступление без оценивания) ; СИЛЬНЫЕ ДУХОМ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Все возрастные категории , разные танцевальные направления  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8603" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -14211,114 +11843,78 @@
           <w:sz w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Hlk133482331"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>ДОПОЛНИТЕЛЬНЫЕ НОМИНАЦИИ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (по мере поступления </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (по мере поступления заявок ) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="548DD4"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Будем ждать Ваших заявок на   э</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">лектронную почту </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve">лектронную почту фестиваля:      </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>amsur-volgaraks@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -14333,65 +11929,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5347" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIX DANCE </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> используется несколько танцевальных направлений)</w:t>
+              <w:t>MIX DANCE SNOW  ( используется несколько танцевальных направлений)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5347" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Все уровни</w:t>
@@ -14400,88 +11982,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52538">
         <w:trPr>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5347" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Современные </w:t>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> и др. направления)</w:t>
+              <w:t>Современные танцы  (локинг, тверк, джаз, модерн, контемпорари, неофолк, современная пластика, степ , электро-дэнс и др. направления)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5347" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Все уровни</w:t>
@@ -14501,51 +12046,50 @@
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="004E0597" w:rsidRPr="00B0420E" w:rsidRDefault="004E0597" w:rsidP="004E0597">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0420E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>СЕМЕЙНЫЙ ДУЭТ     СД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5347" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="004E0597" w:rsidRDefault="004E0597" w:rsidP="004E0597">
             <w:r>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidRPr="00D075E8">
@@ -14658,2181 +12202,1276 @@
               <w:t xml:space="preserve">                                                   заявок через почту фестиваля.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004E0597" w:rsidRDefault="004E0597" w:rsidP="004E0597">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="11"/>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">                           </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">                           СПЕЦИАЛЬНЫЕ  НОМИНАЦИИ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">Корона </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Корона Сумайи </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>Сумайи</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>(под СД)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Судейство номинации осуществляет </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:highlight w:val="green"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Сумаей  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">единолично </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Временной регламент: до 5 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  17 лет   и до 7 минут от 18+</w:t>
+        <w:t>Временной регламент: до 5 минут  до  17 лет   и до 7 минут от 18+</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Каждому участнику данной </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> и подарки от партнеров и спонсоров </w:t>
+        <w:t xml:space="preserve">Каждому участнику данной номинации  </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">дипломы и подарки от партнеров и спонсоров </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> и  письменный комментарий судьи.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="11" w:line="266" w:lineRule="auto"/>
         <w:ind w:left="721"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C375E0">
-        <w:t xml:space="preserve">Исполняется </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> из </w:t>
+        <w:t xml:space="preserve">Исполняется программа,  состоящая из </w:t>
       </w:r>
       <w:r w:rsidR="009048E9" w:rsidRPr="00C375E0">
         <w:t xml:space="preserve">фольклорных </w:t>
       </w:r>
       <w:r w:rsidRPr="00C375E0">
         <w:t xml:space="preserve"> композиций:</w:t>
       </w:r>
       <w:r w:rsidR="009048E9" w:rsidRPr="00C375E0">
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> ирак,халиджи,дабка</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C375E0">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C375E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Д</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ля выступления под СД музыкальный трек для данной номинации направляется одним файлом, в котором соединены обе композиции в одну (с проигрышем на время переодевания, время переодевания закладывайте с запасом, пожалуйста). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Время переодевания включено во временной регламент дисциплины!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Возрастные </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>Возрастные категории  номинации :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>КОРОНА  до</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 12</w:t>
+        <w:t>КОРОНА  до 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  лет включительно</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">КОРОНА </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>КОРОНА с  13</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> до 17  лет  включительно</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">КОРОНА </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>КОРОНА с  18</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  лет до 34 лет</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">КОРОНА   </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">  лет до</w:t>
+        <w:t>КОРОНА   с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  35  лет до</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>54 лет</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> *</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>КОРОНА о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">т </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>т 55  лет</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">КОРОНА   СУРАДЖА ТАГИЕВА (под </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>КОРОНА   СУРАДЖА ТАГИЕВА (под СД)</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:highlight w:val="green"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">  Судейство номинации осуществляет СУРАДЖ  ТАГИЕВ    единолично.  Временной регламент: до 5 минут  до  17 лет   и до 7 минут от 18+.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="af6"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">  Судейство</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> номинации осуществляет СУРАДЖ  ТАГИЕВ    единолично.  Временной регламент: до 5 </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> комментарий судьи.</w:t>
+        <w:t>Призерам данной номинации- корона. Каждому участнику -дипломы и подарки от партнеров и спонсоров и  письменный комментарий судьи.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Исполняется </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">. Для выступления музыкальный трек для данной номинации направляется одним файлом, в котором соединены обе композиции в одну (с проигрышем на время переодевания, время переодевания закладывайте с запасом, пожалуйста). </w:t>
+        <w:t xml:space="preserve">Исполняется программа,  состоящая из 2-х композиций: 1-я композиция – эстрада, 2-я –табла. Для выступления музыкальный трек для данной номинации направляется одним файлом, в котором соединены обе композиции в одну (с проигрышем на время переодевания, время переодевания закладывайте с запасом, пожалуйста). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Время переодевания включено во временной регламент дисциплины!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Возрастные </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>Возрастные категории  номинации :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 12  лет включительно</w:t>
+        <w:t>* КОРОНА  до 12  лет включительно</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">* КОРОНА </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> до 17  лет  включительно</w:t>
+        <w:t>* КОРОНА с  13 до 17  лет  включительно</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">* КОРОНА </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">  лет до 34 лет</w:t>
+        <w:t>* КОРОНА с  18  лет до 34 лет</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">* КОРОНА   </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">  лет до 54 лет</w:t>
+        <w:t>* КОРОНА   с  35  лет до 54 лет</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">      *КОРОНА от </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">      *КОРОНА от 55  лет</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>ЮНАЯ ПРИНЦЕССА АМАР-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>ЮНАЯ ПРИНЦЕССА АМАР-СУРАДЖ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ( до 17 лет включительно) под СД</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Временной регламент:до 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="af6"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Исполняется программа,  состоящая из 3-х композиций: ориенталь , табла , фольклор ( в любой последовательности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="af6"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Призеры номинации получает корону, медали и ценные подарки от партнеров и спонсоров. все участницы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="af6"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> – дипломы и подарки от партнеров и спонсоров !</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="af6"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Судейство номинации  осуществляется  всеми судьями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Возрастная категория  номинации :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="af6"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>ЮНАЯ ПРИНЦЕССА АМАР-СУРАДЖ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>до 12  лет включительно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>ЮНАЯ ПРИНЦЕССА АМАР-СУРАДЖ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>с  13 до 17  лет  включительно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
+      <w:pPr>
+        <w:pStyle w:val="af6"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="af6"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>СУРАДЖ</w:t>
+        <w:t>КОРОЛЕВА фестиваля "Amar-Surage &amp; Volga Raks"18+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">  (</w:t>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> до 17 лет включительно) под СД</w:t>
+        <w:t xml:space="preserve">–  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>конкурсная номинация под оркестр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
-        <w:pStyle w:val="a1"/>
-[...4 lines deleted...]
-      <w:r>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D41E1">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> минут  </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Одна  возрастная категория .</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Победительница/победитель номинации получает корону</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> медаль</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диплом и памятные подарки  от спонсоров и партнеров . А также :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:spacing w:after="1" w:line="275" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполняется программа,  состоящая из 3-х композиций: ориенталь , табла , фольклор ( в любой последовательности) Временной регламент </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>–до  10 минут под оркестр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При регистрации под оркестр указывается как наименование так и время звучания каждой композиции. Например, Daret El Ayam part 1+2 - на 6 минут и балади импро с табла в конце - на 3 минуты. Данная  композиция </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-      </w:pPr>
-[...29 lines deleted...]
-    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+        <w:t>согласовывается ОБЯЗАТЕЛЬНО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с руководителем оркестра  в личных сообщениях  +79122925822 и после направляется на  электронный адрес фестиваля .      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Время переодевания включено во временной регламент дисциплины!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Судейство номинации  осуществляется  всеми судьями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...157 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...146 lines deleted...]
-    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="af6"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="21"/>
-[...388 lines deleted...]
-        <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="120" w:after="60" w:line="276" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">НОМИНАЦИЯ </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> оркестр (</w:t>
+        <w:t>НОМИНАЦИЯ Импровизация  под оркестр (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>ИМПРОВИЗАЦИЯ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">  под  ОРКЕСТР (в стиле </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ориенталь</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>-конкурсная номинация</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="a1"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...72 lines deleted...]
-        <w:t xml:space="preserve">  на сцену  участник  выбирает  открытку с указанной музыкальной композицией  наугад.</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Исполнение  номера  из списка  предложенных  музыкальных  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>композиций  (Ориенталь, Современный ориенталь,  Саиди , Халиджи</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).  Перед  выходом  на сцену  участник  выбирает  открытку с указанной музыкальной композицией  наугад.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Репетиция с оркестром ON-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>LINE</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> )   Запрещена передача третьим лицам.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   ( Длительность 10 минут ) только в  соцсети Телеграмм   (  указать    алрес )   Запрещена передача третьим лицам.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Критерии оценивания</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Образ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">  -</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>макияж, прическа, костюм, соответствие образа индивидуальным особенностям танцовщицы, музыке и стилю, законам сцены (яркость макияжа, аккуратность укладки, зрелищность костюма, не откровенность костюма)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Артистизм</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>соответствие эмоциональности музыке и стилю, переводу песни, реализация либретто (сюжета в номере</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> выражение  чувств с помощью движений, жестов, мимики для эмоционального отображения музыки , </w:t>
+        <w:t xml:space="preserve">соответствие эмоциональности музыке и стилю, переводу песни, реализация либретто (сюжета в номере) , выражение  чувств с помощью движений, жестов, мимики для эмоционального отображения музыки , </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>для шоу-номеров – зрелищность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -16858,74 +13497,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Характер исполнения танца, выбор и применение жестов и мимики в соответствии с традициями арабской культуры.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Техника</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">  -</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>грамотность и чистота исполнения танцевальных движений, музыкальность, постановка корпуса, работа рук, пластика,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  для групп синхронность , рисунки</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
@@ -16991,1712 +13620,1370 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>для групп оригинальность, сложность рисунков</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, их сочетание и раскрытие через них номера</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>Индивидуальность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">  -</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Подача себя на сцене ,у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">никальность, неповторимость танцовщицы и ее стиля, самобытность и энергетика </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">Общее </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Общее впечатление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>–  оценка  номера в целом,  гармония номера и индивидуальных особенностей конкретной танцовщицы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>впечатление</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">  оценка  номера в целом,  гармония номера и индивидуальных особенностей конкретной танцовщицы</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Синхрон для дуэтов и групп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>синхронность в исполнении всеми участниками группы или дуэта</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>Синхрон</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Музыкальность (ритмичность)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>умение протанцевать музыку, выделив сильные и слабые доли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> для дуэтов и групп</w:t>
+        <w:t>Уровень сложности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>насколько сложные элементы включены в выступление и как хорошо участники справляются с ними</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Оригинальность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>синхронность в исполнении всеми участниками группы или дуэта</w:t>
+        <w:t>уникальные идеи, нестандартные подходы и новаторские решения, которые выделяют номер среди других.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>Музыкальность (ритмичность)</w:t>
-[...27 lines deleted...]
-        <w:t>Уровень сложности</w:t>
+        <w:t>Зрелищность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>насколько сложные элементы включены в выступление и как хорошо участники справляются с ними</w:t>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> говорить о номере.</w:t>
+        <w:t>изобретательные визуальные эффекты с использованием декораций и интересного дизайна, Наличие идеи или сюжета , яркий образ, нестандартные перестроения, элементы, которые цепляют взгляд и за-ставляют говорить о номере.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>СОЛО и СПЕЦНОМИНАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>1. Образ/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>1. Образ/Image</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>АРТИСТИЗМ  ,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>АРТИСТИЗМ  ,МАНЕРА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Acting skills, Manner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3. Техника/Technique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>МАНЕРА</w:t>
-[...42 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>. ЧУВСТВО РИТМА , МУЗЫКАЛЬНОСТЬ  / SENSE OF RHYTHM , Musicality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>3. Техника/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>5. Композиция/Composition</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. ЧУВСТВО </w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>ИНДИВИДУАЛЬНОСТЬ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Personality </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>5. Композиция/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>7.Общее впечатление/Impression</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>ШОУ  ФЬЮЖН</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>ШОУ  ФЬЮЖН  Комеди-беллиданс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>1. Образ/Image</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>АРТИСТИЗМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>МАНЕРА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Acting skills,Manner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Техника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/Technique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЧУВСТВО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>РИТМА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>МУЗЫКАЛЬНОСТЬ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / SENSE OF RHYTHM, Musicality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Композиция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/Composition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЗРЕЛИЩНОСТЬ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  , </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ОРИГИНАЛЬНОСТЬ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / ENTERTAINMENT,ORIGINALITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИНДИВИДУАЛЬНОСТЬ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Personality </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>7.Общее впечатление/Impression</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ДУЭТЫ И ГРУППЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Образ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/Image</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>АРТИСТИЗМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>МАНЕРА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Acting skills/Manner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Техника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/Technique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЧУВСТВО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>РИТМА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>МУЗЫКАЛЬНОСТЬ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / SENSE OF RHYTHM, Musicality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>КОМПОЗИЦИЯ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  , </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>РИСУНКИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>УРОВЕНЬ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>СЛОЖНОСТИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / COMPOSITION, DRAWINGS,DIFFICULTY LEVEL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>СИНХРОН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  / SYNCHRON    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="00011A5A" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИНДИВИДУАЛЬНОСТЬ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009048E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Personality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="00011A5A" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Общее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>впечатление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009048E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Impression</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>Комеди-беллиданс</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ФОЛЬКЛОР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Образ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/Image</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="00011A5A" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>АРТИСТИЗМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>МАНЕРА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Acting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00011A5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Manner</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...14 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3.ТЕХНИКА СООТВЕТСТВИЕ  движений выбранному танцевальному стилю /</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
       <w:pPr>
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">  ,</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / Acting </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F3A64">
+        <w:t>Technique , MATCHING the movements to the chosen dance style</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>skills,Manner</w:t>
-[...8 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F3A64">
-        <w:rPr>
-[...20 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>ЧУВСТВО</w:t>
       </w:r>
       <w:r w:rsidRPr="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>РИТМА</w:t>
       </w:r>
       <w:r w:rsidRPr="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> , </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>МУЗЫКАЛЬНОСТЬ</w:t>
+      </w:r>
       <w:r w:rsidRPr="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> / SENSE OF RHYTHM, Musicality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Композиция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/Composition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>МУЗЫКАЛЬНОСТЬ</w:t>
-[...114 lines deleted...]
-        </w:rPr>
         <w:t>ИНДИВИДУАЛЬНОСТЬ</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F3A64">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">/ Personality </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>7.Общее впечатление/</w:t>
-[...775 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>7.Общее впечатление/Impression</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
@@ -18938,103 +15225,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t xml:space="preserve">                  </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">                  ФИНАНСОВЫЕ  УСЛОВИЯ .</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t>ФИНАНСОВЫЕ  УСЛОВИЯ</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t xml:space="preserve"> .</w:t>
-[...31 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> Все расходы производятся за счет благотворительных  взносов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0752" w:rsidTr="004A0752">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4664" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -19220,67 +15476,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дети  (</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> до 17 лет )</w:t>
+              <w:t>Дети  ( до 17 лет )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -19438,99 +15684,51 @@
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ОТКРЫТАЯ СЦЕНА </w:t>
-[...47 lines deleted...]
-              <w:t>выступление без оценивания) ; СИЛЬНЫЕ ДУХОМ</w:t>
+              <w:t>ОТКРЫТАЯ СЦЕНА Open stage               (выступление без оценивания) ; СИЛЬНЫЕ ДУХОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="009F3A64">
             <w:r>
               <w:t xml:space="preserve">           1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
@@ -19882,83 +16080,51 @@
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ИМПРОВИЗАЦИЯ ТАБЛА </w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> живой звук )</w:t>
+              <w:t>ИМПРОВИЗАЦИЯ ТАБЛА Live                                ( живой звук )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -20134,67 +16300,51 @@
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">КОНКУРСНОЕ </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> ОРКЕСТР  (с заранее выбранной  композицией)</w:t>
+              <w:t>КОНКУРСНОЕ ВЫСТУПЛЕНИЕ  под ОРКЕСТР  (с заранее выбранной  композицией)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -20366,67 +16516,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ЮНАЯ ПРИНЦЕССА АМАР-СУРАДЖ под </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">до 17 лет) </w:t>
+              <w:t xml:space="preserve">ЮНАЯ ПРИНЦЕССА АМАР-СУРАДЖ под СД  (до 17 лет) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:rPr>
@@ -20999,83 +17133,51 @@
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ИМПРОВИЗАЦИЯ под ОРКЕСТР                   </w:t>
-[...31 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>ИМПРОВИЗАЦИЯ под ОРКЕСТР                      (только в стиле Ориенталь)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -21473,67 +17575,51 @@
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Репетиция с оркестром ON-LINE      </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Длительность 10 минут )</w:t>
+              <w:t>Репетиция с оркестром ON-LINE         ( Длительность 10 минут )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -21856,69 +17942,51 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Взрослые </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> 18 лет )</w:t>
+              <w:t>Взрослые ( от 18 лет )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -22090,99 +18158,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ОТКРЫТАЯ СЦЕНА </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve"> </w:t>
-[...47 lines deleted...]
-              <w:t>выступление без оценивания) ; СИЛЬНЫЕ ДУХОМ</w:t>
+              <w:t xml:space="preserve"> Open stage               (выступление без оценивания) ; СИЛЬНЫЕ ДУХОМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:r>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:r>
               <w:t xml:space="preserve">                1600</w:t>
             </w:r>
           </w:p>
@@ -22319,83 +18339,51 @@
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ИМПРОВИЗАЦИЯ   ТАБЛА </w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> живой звук )</w:t>
+              <w:t>ИМПРОВИЗАЦИЯ   ТАБЛА Live                           ( живой звук )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -23386,93 +19374,59 @@
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>КОРОЛЕВА фестиваля "</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> &amp; Volga</w:t>
+              <w:t>КОРОЛЕВА фестиваля "Amar-Surage &amp; Volga</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Raks"18</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> оркестр</w:t>
+              <w:t>Raks"18+  под оркестр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -23625,83 +19579,51 @@
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ИМПРОВИЗАЦИЯ под ОРКЕСТР                   </w:t>
-[...31 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>ИМПРОВИЗАЦИЯ под ОРКЕСТР                      (только в стиле Ориенталь)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -24095,61 +20017,52 @@
           <w:tcPr>
             <w:tcW w:w="3497" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Репетиция с оркестром ON-LINE          Длительность 10 </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Репетиция с оркестром ON-LINE          Длительность 10 минут )</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -25604,62 +21517,52 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Входной билет на </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Входной билет на Гала-КОНЦЕРТ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -26234,69 +22137,51 @@
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:highlight w:val="green"/>
               </w:rPr>
-              <w:t xml:space="preserve">              МАСТЕР-КЛАССЫ. Каждый </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> МК  на 100 рублей.</w:t>
+              <w:t xml:space="preserve">              МАСТЕР-КЛАССЫ. Каждый месяц  подорожание МК  на 100 рублей.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1195" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752"/>
         </w:tc>
         <w:tc>
@@ -26346,50 +22231,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> ПЕДАГОГ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -26694,111 +22580,99 @@
         <w:trPr>
           <w:trHeight w:val="788"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Сурадж</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Тагиев</w:t>
+              <w:t>Сурадж Тагиев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    Под   СД            Постановка:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Табла</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:r>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:r>
               <w:t>1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -26963,207 +22837,158 @@
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Сумайя</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Под СД             Ирак: </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Под СД             Ирак: Фьюжн</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Фьюжн</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Каулия</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Каулия</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Хача (ракс аль ханаджар)</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Хача (ракс аль </w:t>
-[...32 lines deleted...]
-              </w:rPr>
               <w:t>Чоби</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Рэдах</w:t>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Рэдах аль амара</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:r>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="004A0752">
             <w:r>
               <w:t>1600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -28027,61 +23852,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 МК + 1 </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>1 МК + 1 номинация  СД</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRPr="009B5204" w:rsidRDefault="004A0752">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -28198,97 +24014,80 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>№ 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 МК + 1 </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> + 1 БИЛЕТ НА ГАЛА КОНЦЕРТ</w:t>
+              <w:t>1 МК + 1 номинация  СД + 1 БИЛЕТ НА ГАЛА КОНЦЕРТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRPr="009B5204" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -28436,61 +24235,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 МК + 2 </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>1 МК + 2 номинации  СД</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRPr="009B5204" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5204">
@@ -28837,61 +24627,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 МК + 1 </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>2 МК + 1 номинация  СД</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRPr="009561C9" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009561C9">
@@ -29010,96 +24791,81 @@
             <w:tcW w:w="1167" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="0032316B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>№ 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 МК + 1 </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">2 МК + 1 номинация  СД </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>+ 1 БИЛЕТ НА ГАЛА КОНЦЕРТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3575" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRPr="009561C9" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
@@ -29252,84 +25018,80 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRPr="00AB2366" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>мк</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> + 1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>номинация</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>сд</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> + 1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>номинация</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>оркестр</w:t>
             </w:r>
           </w:p>
@@ -29507,84 +25269,80 @@
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>мк</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> + 1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>номинация</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>сд</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> + 1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>номинация</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2366">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>оркестр</w:t>
             </w:r>
             <w:r>
@@ -29772,58 +25530,56 @@
           </w:tcPr>
           <w:p w:rsidR="004A0752" w:rsidRPr="009A5A7F" w:rsidRDefault="004A0752" w:rsidP="00F44744">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>номинации</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>сд</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> + 2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>номинации</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>оркестр</w:t>
             </w:r>
           </w:p>
@@ -30015,58 +25771,56 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>номинации</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>сд</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> + 2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>номинации</w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009A5A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>оркестр</w:t>
             </w:r>
             <w:r>
@@ -30206,283 +25960,262 @@
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> ЧАС ) :</w:t>
+        <w:t>ИНДИВИДУАЛЬНЫЕ ЗАНЯТИЯ С ПЕДАГОГАМИ ( 1 ЧАС ) :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Тагиев - </w:t>
+        <w:t xml:space="preserve"> Сурадж Тагиев - </w:t>
       </w:r>
       <w:r w:rsidR="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>000-00</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRPr="009F3A64" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Сума</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
       <w:r w:rsidRPr="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Сума</w:t>
-[...6 lines deleted...]
-        <w:t>й</w:t>
+        <w:t xml:space="preserve">я- </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3A64" w:rsidRPr="009F3A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="009F3A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>я</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>000-00</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">  Будем ждать Ваших заявок на   электронную почту </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve">  Будем ждать Ваших заявок на   электронную почту фестиваля:      </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
           </w:rPr>
           <w:t>amsur-volgaraks@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>ПРОЧИЕ УСЛОВИЯ УЧАСТИЯ В ФЕСТИВАЛЕ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Отправляя заявку, участник фестиваля в соответствии со статьей 9 Федерального закона от 27.07.2006 № 152-ФЗ «О персональных данных» подтверждает свое согласие на обработку как неавтоматизированным, так и автоматизированным способами Организатором фестиваля согласно статье 3 Федерального закона от 27.07.2006 № 152-ФЗ «О персональных данных</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> предоставленных в связи с участием в фестивале персональных данных и</w:t>
+        <w:t>Отправляя заявку, участник фестиваля в соответствии со статьей 9 Федерального закона от 27.07.2006 № 152-ФЗ «О персональных данных» подтверждает свое согласие на обработку как неавтоматизированным, так и автоматизированным способами Организатором фестиваля согласно статье 3 Федерального закона от 27.07.2006 № 152-ФЗ «О персональных данных» предоставленных в связи с участием в фестивале персональных данных и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
         </w:rPr>
         <w:t> согласие участника фестиваля с условиями его проведения и настоящим Положением</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -30584,1731 +26317,293 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Участник, нарушивший настоящее Положение, может быть дисквалифицирован от участия по решению Организатора. Взнос, уплаченный участником, в данном случае возврату не подлежит.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
-        <w:t xml:space="preserve">Каждый участник несет ответственность за соблюдение мер безопасности </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> за причиненный по его вине вред жизни и здоровью других участников, ответственность за свое здоровье.</w:t>
+        <w:t>Каждый участник несет ответственность за соблюдение мер безопасности и  ответственность за причиненный по его вине вред жизни и здоровью других участников, ответственность за свое здоровье.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
-        <w:t xml:space="preserve">Каждый </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  ответственность  за сохранность  своего имущества.</w:t>
+        <w:t>Каждый участник  несет  ответственность  за сохранность  своего имущества.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
         </w:rPr>
-        <w:t>Организатор оставляет за собой право вносить изменения в содержание фестиваля, а в случае форс-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  - менять место проведения фестиваля.</w:t>
+        <w:t>Организатор оставляет за собой право вносить изменения в содержание фестиваля, а в случае форс-мажорных  ситуаций  - менять место проведения фестиваля.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
         </w:rPr>
-        <w:t xml:space="preserve">                  Подача заявки на </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">                  Подача заявки на фестиваль  означает согласие участника фестиваля с условиями его</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
         </w:rPr>
-        <w:t>фестиваль  означает</w:t>
-[...11 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">                                            проведения и настоящим Положением. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
+      <w:pPr>
+        <w:pStyle w:val="a1"/>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">                                            проведения и настоящим Положением. </w:t>
+        <w:pStyle w:val="a1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">                                                      </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
       <w:pPr>
         <w:pStyle w:val="a1"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00011A5A" w:rsidRDefault="00EE176F" w:rsidP="00011A5A">
       <w:pPr>
         <w:pStyle w:val="a1"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="00D52538" w:rsidRDefault="00D52538">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00011A5A">
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00580214" w:rsidRDefault="00580214">
       <w:pPr>
         <w:pStyle w:val="a1"/>
-      </w:pPr>
-[...28 lines deleted...]
-    <w:p w:rsidR="00D52538" w:rsidRDefault="00EE176F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549" w:rsidP="00580214">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
-        <w:rPr>
-[...1379 lines deleted...]
-      <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00313AB4">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442549" w:rsidRDefault="00442549" w:rsidP="00580214">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00313AB4">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">  ПРОГРАММА</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="7030A0"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iscount  ПРОГРАММА    </w:t>
       </w:r>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Танцевальный Бонус</w:t>
       </w:r>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:noProof/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1130300" cy="1479550"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="7" name="Рисунок 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1130300" cy="1479550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -32335,124 +26630,92 @@
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">действует </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">  г.</w:t>
+        <w:t>действует с  01.08.2025  г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Танцевальные Бонусы</w:t>
       </w:r>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> начисляются за участие в   </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Спецноминациях</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve">Спецноминациях   </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>За 1 место</w:t>
       </w:r>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -32581,169 +26844,115 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>3 Танцевальных Бонуса</w:t>
       </w:r>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t>-00</w:t>
+        <w:t xml:space="preserve"> =  300-00</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">2 Танцевальных Бонуса </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>=  200</w:t>
-[...9 lines deleted...]
-        <w:t>-00</w:t>
+        <w:t>=  200-00</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 Танцевальный </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">1 Танцевальный Бонус  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:i/>
           <w:color w:val="7030A0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бонус  </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">=  </w:t>
       </w:r>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>100-00</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -32758,166 +26967,126 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">можно использоваться для оплаты за </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00313AB4">
+        <w:t xml:space="preserve"> участие  в  мастер-классах и в онлайн конкурсах .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>участие  в</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00313AB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">  мастер-классах и в онлайн конкурсах .</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00580214" w:rsidRPr="00313AB4" w:rsidRDefault="00580214" w:rsidP="00580214">
+        <w:t>Чтобы воспользоваться танцевальными бонусами, необходимо  написать на электронную почту  фестиваля того города,  где Вы будете участвовать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00580214" w:rsidRPr="00B9737E" w:rsidRDefault="00580214" w:rsidP="00580214">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...33 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00580214" w:rsidRPr="00B9737E" w:rsidRDefault="00580214" w:rsidP="00580214">
       <w:pPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:pStyle w:val="a1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580214" w:rsidRPr="00B9737E" w:rsidRDefault="00580214" w:rsidP="00580214">
+    <w:p w:rsidR="00580214" w:rsidRDefault="00580214">
       <w:pPr>
         <w:pStyle w:val="a1"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00580214">
-      <w:headerReference w:type="even" r:id="rId21"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId24"/>
+      <w:headerReference w:type="even" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="227" w:right="567" w:bottom="238" w:left="510" w:header="0" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
+    <w:p w:rsidR="00BD5F99" w:rsidRDefault="00BD5F99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
+    <w:p w:rsidR="00BD5F99" w:rsidRDefault="00BD5F99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -32977,170 +27146,106 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t>Волгоград  20</w:t>
-[...62 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Волгоград  20-22  февраля  2026.    AMAR-SURAGE © Все права защищены, All rights reserved       Стр </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00585DE9">
+    <w:r w:rsidR="00A30FBB">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>19</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
+    <w:p w:rsidR="00BD5F99" w:rsidRDefault="00BD5F99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
+    <w:p w:rsidR="00BD5F99" w:rsidRDefault="00BD5F99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
     <w:pPr>
       <w:pStyle w:val="afc"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
@@ -33213,51 +27318,51 @@
                             <a:moveTo>
                               <a:pt x="f5" y="21600"/>
                             </a:moveTo>
                             <a:lnTo>
                               <a:pt x="f6" y="21600"/>
                             </a:lnTo>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
                       <a:solidFill>
                         <a:srgbClr val="C0C0C0"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:co="http://ncloudtech.com" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <w:pict xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main"/>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
     <w:pPr>
       <w:pStyle w:val="afc"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
@@ -33327,51 +27432,51 @@
                             <a:moveTo>
                               <a:pt x="f5" y="21600"/>
                             </a:moveTo>
                             <a:lnTo>
                               <a:pt x="f6" y="21600"/>
                             </a:lnTo>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
                       <a:solidFill>
                         <a:srgbClr val="C0C0C0"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:co="http://ncloudtech.com" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <w:pict xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main"/>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00150B81" w:rsidRDefault="00150B81">
     <w:pPr>
       <w:pStyle w:val="afc"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
@@ -33441,51 +27546,51 @@
                             <a:moveTo>
                               <a:pt x="f5" y="21600"/>
                             </a:moveTo>
                             <a:lnTo>
                               <a:pt x="f6" y="21600"/>
                             </a:lnTo>
                           </a:path>
                         </a:pathLst>
                       </a:custGeom>
                       <a:solidFill>
                         <a:srgbClr val="C0C0C0"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:co="http://ncloudtech.com" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <w:pict xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a15="http://schemas.microsoft.com/office/drawing/2012/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:co="http://ncloudtech.com" xmlns:co-ooxml="http://ncloudtech.com/ooxml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:x="urn:schemas-microsoft-com:office:excel" xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main"/>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06645C90"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AA40E442"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
@@ -33957,105 +28062,111 @@
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3ooyzQrS2or46WlBAuTtaxf/cN90rQ9QSpwwh2OG1r/F0qPWDLKk2K9LTE2HRBBtc4dR/2nG8yOArmnTZ4BIYg==" w:salt="YV9n+kmpIboGhOuXSBBRLg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+HYX63pAUGH5898KeXjGLndc18A3rC6KXjWVTqXzmNRA0VOsANNCDPNrjLiJ83FA6IlTXn80OPdHqdVhLPGNwQ==" w:salt="A0W8Kesit3f8J+6IBlPEJg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D52538"/>
+    <w:rsid w:val="00011A5A"/>
     <w:rsid w:val="00150B81"/>
     <w:rsid w:val="0032316B"/>
     <w:rsid w:val="003D41E1"/>
     <w:rsid w:val="00440187"/>
+    <w:rsid w:val="00442549"/>
     <w:rsid w:val="004A0752"/>
     <w:rsid w:val="004C783B"/>
     <w:rsid w:val="004E0597"/>
     <w:rsid w:val="00580214"/>
     <w:rsid w:val="00585DE9"/>
+    <w:rsid w:val="005A5268"/>
     <w:rsid w:val="005D39A7"/>
     <w:rsid w:val="006864FE"/>
     <w:rsid w:val="00743106"/>
     <w:rsid w:val="007A54CA"/>
     <w:rsid w:val="009048E9"/>
     <w:rsid w:val="009174A3"/>
     <w:rsid w:val="009561C9"/>
     <w:rsid w:val="00974867"/>
     <w:rsid w:val="009A5A7F"/>
     <w:rsid w:val="009B5204"/>
     <w:rsid w:val="009F3A64"/>
+    <w:rsid w:val="00A30FBB"/>
     <w:rsid w:val="00A31D52"/>
     <w:rsid w:val="00A42F31"/>
     <w:rsid w:val="00A9522B"/>
     <w:rsid w:val="00AA325E"/>
     <w:rsid w:val="00AB2366"/>
     <w:rsid w:val="00B2193D"/>
+    <w:rsid w:val="00BD5F99"/>
     <w:rsid w:val="00C375E0"/>
     <w:rsid w:val="00CE2A5A"/>
+    <w:rsid w:val="00CE3818"/>
     <w:rsid w:val="00CF56DF"/>
     <w:rsid w:val="00D165BD"/>
     <w:rsid w:val="00D52538"/>
     <w:rsid w:val="00E343DC"/>
     <w:rsid w:val="00EE176F"/>
     <w:rsid w:val="00F44744"/>
+    <w:rsid w:val="00F8273C"/>
     <w:rsid w:val="00F9476C"/>
     <w:rsid w:val="00FE6A65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -35302,51 +29413,51 @@
   <w:style w:type="table" w:styleId="aff6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a3"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://danceoffice.online/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/club180536969" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amsur-volgaraks@mail.ru" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amsur-volgaraks@mail.ru" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amsur-volgaraks@mail.ru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://danceoffice.online/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amarsur_rating@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/dkgagarina34?w=address-52447464_57972" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amsur-volgaraks@mail.ru" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://danceoffice.online/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/club180536969" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amsur-volgaraks@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amsur-volgaraks@mail.ru" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amsur-volgaraks@mail.ru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://danceoffice.online/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vk.com/dkgagarina34?w=address-52447464_57972" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amsur-volgaraks@mail.ru" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -35520,76 +29631,76 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F07E9C8-E4D9-49C6-AA87-807B9ECE569A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D2A3FDC-6012-4A4D-89EF-E25C1B71DBF5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>33397</Characters>
+  <Pages>1</Pages>
+  <Words>5500</Words>
+  <Characters>31352</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>78</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>261</Lines>
+  <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39178</CharactersWithSpaces>
+  <CharactersWithSpaces>36779</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>